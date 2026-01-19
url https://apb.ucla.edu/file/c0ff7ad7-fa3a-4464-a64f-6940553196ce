--- v0 (2025-10-08)
+++ v1 (2026-01-19)
@@ -1,1102 +1,979 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00A875AC" w:rsidRDefault="006E65BE" w:rsidP="00F7553F">
+    <w:p w14:paraId="191C5100" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00AA7668" w:rsidRDefault="006E65BE" w:rsidP="00F7553F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A875AC">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00AA7668">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Course Materials Fees</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00A875AC" w:rsidRDefault="006E65BE" w:rsidP="00F7553F">
+    <w:p w14:paraId="6E5C208C" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00AA7668" w:rsidRDefault="006E65BE" w:rsidP="00F7553F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A875AC">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00AA7668">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Fund Application and Budget Summary</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A77A4F" w:rsidRPr="00D17FED" w:rsidRDefault="00A77A4F" w:rsidP="00A77A4F">
+    <w:p w14:paraId="5F5999DC" w14:textId="77777777" w:rsidR="00A77A4F" w:rsidRPr="00677202" w:rsidRDefault="00A77A4F" w:rsidP="00A77A4F">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D17FED">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00677202">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>University of California, Los Angeles</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580DB2" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="0B7088A2" w14:textId="77777777" w:rsidR="00580DB2" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A875AC" w:rsidRDefault="00A875AC" w:rsidP="005F173A">
+    <w:p w14:paraId="77365E0E" w14:textId="77777777" w:rsidR="00A875AC" w:rsidRPr="0002299C" w:rsidRDefault="00A875AC" w:rsidP="005F173A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidR="00580DB2" w:rsidRPr="005F173A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00580DB2" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00564DE3" w:rsidRPr="005F173A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00564DE3" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A875AC" w:rsidRDefault="005F173A" w:rsidP="005F173A">
+    <w:p w14:paraId="7BC3298E" w14:textId="77777777" w:rsidR="00A875AC" w:rsidRPr="0002299C" w:rsidRDefault="005F173A" w:rsidP="005F173A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">School: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F173A" w:rsidRPr="005F173A" w:rsidRDefault="005F173A" w:rsidP="005F173A">
+    <w:p w14:paraId="091E3123" w14:textId="77777777" w:rsidR="005F173A" w:rsidRPr="0002299C" w:rsidRDefault="005F173A" w:rsidP="005F173A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
-      <w:r w:rsidR="00A875AC">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00A875AC" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F173A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F173A" w:rsidRPr="005F173A" w:rsidRDefault="005F173A" w:rsidP="005F173A">
+    <w:p w14:paraId="664FCBA0" w14:textId="77777777" w:rsidR="005F173A" w:rsidRPr="0002299C" w:rsidRDefault="005F173A" w:rsidP="005F173A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Course Name and Number for Which Fee is </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00A875AC" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Proposed</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t>Proposed (cannot be variables topics course)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (cannot be variables topics course)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E43B702" w14:textId="77777777" w:rsidR="00240AB6" w:rsidRPr="0002299C" w:rsidRDefault="005F173A" w:rsidP="00E96BBB">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005F173A" w:rsidRPr="005F173A" w:rsidRDefault="005F173A" w:rsidP="005F173A">
+      </w:pPr>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proposed Title for Fee: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D08133" w14:textId="77777777" w:rsidR="00E96BBB" w:rsidRPr="00E96BBB" w:rsidRDefault="00E96BBB" w:rsidP="00E96BBB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
-[...45 lines deleted...]
-    <w:p w:rsidR="006E65BE" w:rsidRPr="005F173A" w:rsidRDefault="006E65BE" w:rsidP="00240AB6">
+    </w:p>
+    <w:p w14:paraId="27F94138" w14:textId="77777777" w:rsidR="00564DE3" w:rsidRPr="00AA7668" w:rsidRDefault="00564DE3" w:rsidP="00240AB6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
-[...81 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00240AB6">
+      <w:r w:rsidRPr="00AA7668">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary of </w:t>
       </w:r>
-      <w:r w:rsidR="00A875AC" w:rsidRPr="00240AB6">
+      <w:r w:rsidR="00A875AC" w:rsidRPr="00AA7668">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">approval </w:t>
       </w:r>
-      <w:r w:rsidRPr="00240AB6">
+      <w:r w:rsidRPr="00AA7668">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>process</w:t>
       </w:r>
-      <w:r w:rsidRPr="00240AB6">
-[...8 lines deleted...]
-    <w:p w:rsidR="006E65BE" w:rsidRPr="005F173A" w:rsidRDefault="009D027F" w:rsidP="00240AB6">
+    </w:p>
+    <w:p w14:paraId="2047C3F5" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="005F173A" w:rsidRDefault="009D027F" w:rsidP="0002299C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F173A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Submit an electronic </w:t>
+        <w:t xml:space="preserve">Submit </w:t>
       </w:r>
       <w:r w:rsidR="006E65BE" w:rsidRPr="005F173A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">completed form with approval signatures </w:t>
       </w:r>
       <w:r w:rsidRPr="005F173A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00A27B14" w:rsidRPr="005F173A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rebecca Lee-Garcia</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F173A">
+      <w:r w:rsidR="004529A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A875AC" w:rsidRDefault="005F173A" w:rsidP="00240AB6">
+        <w:t xml:space="preserve"> with Vera Bakman in copy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3553D5" w14:textId="77777777" w:rsidR="0002299C" w:rsidRDefault="005F173A" w:rsidP="0002299C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F173A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Student Fee Advisory Committee (SFAC):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00564DE3" w:rsidRPr="00A875AC" w:rsidRDefault="005F173A" w:rsidP="00240AB6">
+    <w:p w14:paraId="24DE1DAC" w14:textId="77777777" w:rsidR="0002299C" w:rsidRPr="0002299C" w:rsidRDefault="005F173A" w:rsidP="0002299C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SFAC </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2090">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chooses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a date as to when </w:t>
+      </w:r>
+      <w:r w:rsidR="00564DE3" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APB </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>can present the proposed fee to the committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78251CBB" w14:textId="77777777" w:rsidR="005F173A" w:rsidRPr="0002299C" w:rsidRDefault="005F173A" w:rsidP="0002299C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SFAC writes a letter to the Chancellor stating whether they recommend approval of the fee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CC3C8D" w14:textId="77777777" w:rsidR="0002299C" w:rsidRDefault="005F173A" w:rsidP="0002299C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
-        <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A875AC">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="005F173A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">SFAC will choose a date as to when </w:t>
-[...17 lines deleted...]
-      <w:pPr>
+        <w:t>Chancellor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303BC890" w14:textId="77777777" w:rsidR="005F173A" w:rsidRPr="0002299C" w:rsidRDefault="005F173A" w:rsidP="0002299C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
-        <w:ind w:left="1080"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
+      <w:r w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>SFAC writes a letter to the Chancellor stating whether they recommend approval of the fee</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">The Chancellor takes SFAC’s recommendation into consideration when deciding whether to approve fee and sends a letter to all involved parties </w:t>
+      </w:r>
+      <w:r w:rsidR="004529A9" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informing of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> his decision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0089FFE7" w14:textId="77777777" w:rsidR="0002299C" w:rsidRDefault="00FE517B" w:rsidP="0002299C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
-        <w:ind w:left="720"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F173A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Chancellor</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Fees must be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F173A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> approval</w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>approved</w:t>
       </w:r>
       <w:r w:rsidRPr="005F173A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005F173A" w:rsidRPr="005F173A" w:rsidRDefault="005F173A" w:rsidP="00240AB6">
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005F173A" w:rsidRPr="005F173A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chancellor by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F173A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>following dates:</w:t>
+      </w:r>
+      <w:r w:rsidR="00564DE3" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492AEE40" w14:textId="77777777" w:rsidR="0002299C" w:rsidRDefault="0002299C" w:rsidP="0002299C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
-        <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
+      <w:r w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The Chancellor takes SFAC’s recommendation into consideration when deciding whether to approve fee</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="005F173A" w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and then </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F173A">
+        <w:t>Fall Quarter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sends a letter to all involved parties on his decision</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> implementation</w:t>
+      </w:r>
+      <w:r w:rsidR="005F173A" w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FE517B" w:rsidRPr="005F173A" w:rsidRDefault="00FE517B" w:rsidP="00240AB6">
+        <w:t xml:space="preserve"> – Chancellor must approve by </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE517B" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>May 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F02E2F9" w14:textId="77777777" w:rsidR="0002299C" w:rsidRDefault="0002299C" w:rsidP="0002299C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
-        <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
+      <w:r w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fees must be </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F173A">
+        <w:t xml:space="preserve">For Winter Quarter implementation </w:t>
+      </w:r>
+      <w:r w:rsidR="005F173A" w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Chancellor must approve by </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE517B" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by the </w:t>
-[...17 lines deleted...]
-      <w:pPr>
+        <w:t>Oct 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCA219A" w14:textId="77777777" w:rsidR="0021114B" w:rsidRPr="0002299C" w:rsidRDefault="0002299C" w:rsidP="0002299C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
+      <w:r w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F173A">
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">For </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00564DE3" w:rsidRPr="005F173A">
+        <w:t xml:space="preserve">Spring </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Implementation of Fee by:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00564DE3" w:rsidRPr="005F173A">
+        <w:t>Quarter implementation</w:t>
+      </w:r>
+      <w:r w:rsidR="005F173A" w:rsidRPr="0002299C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00FE517B" w:rsidRPr="005F173A" w:rsidRDefault="00564DE3" w:rsidP="00240AB6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="005F173A" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chancellor must approve by </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE517B" w:rsidRPr="0002299C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jan 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71780528" w14:textId="77777777" w:rsidR="0002299C" w:rsidRDefault="0002299C" w:rsidP="0002299C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F173A">
-[...22 lines deleted...]
-    <w:p w:rsidR="00FE517B" w:rsidRPr="005F173A" w:rsidRDefault="00FE517B" w:rsidP="00240AB6">
+    </w:p>
+    <w:p w14:paraId="246AC53F" w14:textId="77777777" w:rsidR="007D28F6" w:rsidRPr="00AA7668" w:rsidRDefault="007D28F6" w:rsidP="0002299C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7668">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...119 lines deleted...]
-        </w:rPr>
         <w:t>Approvals</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
+    <w:p w14:paraId="2F1DC327" w14:textId="77777777" w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan endorsed by:   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="00576ECA" w:rsidP="007D28F6">
+    <w:p w14:paraId="23D46AAA" w14:textId="77777777" w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="00AA7668" w:rsidP="007D28F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="704071670"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D28F6" w:rsidRPr="005B49C9">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007D28F6" w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007D28F6" w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>_  on</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007D28F6" w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _______________.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
+        <w:t xml:space="preserve"> _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270CB7C7" w14:textId="77777777" w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dean or Provost</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="00576ECA" w:rsidP="007D28F6">
+    <w:p w14:paraId="2DF313BA" w14:textId="77777777" w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="00AA7668" w:rsidP="007D28F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="2064215904"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D28F6" w:rsidRPr="005B49C9">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007D28F6" w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  _____________________________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007D28F6" w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>_  on</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007D28F6" w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _______________.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
+        <w:t xml:space="preserve"> _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61489684" w14:textId="77777777" w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00576ECA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Dean/CFO </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
+    <w:p w14:paraId="38C33EE3" w14:textId="77777777" w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="1774899303"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -1105,368 +982,352 @@
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  _____________________________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>_  on</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _______________.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
+        <w:t xml:space="preserve"> _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35506AC0" w14:textId="77777777" w:rsidR="007D28F6" w:rsidRPr="005B49C9" w:rsidRDefault="007D28F6" w:rsidP="007D28F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="005B49C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Department Chair </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C50495" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495" w:rsidP="00434E28">
+    <w:p w14:paraId="691C0AE2" w14:textId="77777777" w:rsidR="009D027F" w:rsidRDefault="009D027F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C50495" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
+    <w:p w14:paraId="73DA76B6" w14:textId="77777777" w:rsidR="001B2090" w:rsidRPr="00D17FED" w:rsidRDefault="001B2090">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D027F" w:rsidRPr="00D17FED" w:rsidRDefault="009D027F">
-[...17 lines deleted...]
-    <w:p w:rsidR="00B865A5" w:rsidRPr="00D17FED" w:rsidRDefault="00B865A5" w:rsidP="00B865A5">
+    <w:p w14:paraId="1F091290" w14:textId="77777777" w:rsidR="00B865A5" w:rsidRPr="00AA7668" w:rsidRDefault="00B865A5" w:rsidP="00B865A5">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D17FED">
+      <w:r w:rsidRPr="00AA7668">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>PART A:  QUESTIONNAIRE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B865A5" w:rsidRPr="00D17FED" w:rsidRDefault="00B865A5" w:rsidP="00B865A5">
+    <w:p w14:paraId="3A19EE43" w14:textId="77777777" w:rsidR="00B865A5" w:rsidRPr="00D17FED" w:rsidRDefault="00B865A5" w:rsidP="00B865A5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C50495" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
+    <w:p w14:paraId="0FD652EA" w14:textId="77777777" w:rsidR="00C50495" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Fee Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
+    <w:p w14:paraId="2C3794EE" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00557D7D" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>List the course number and course name for which the course materials fee is proposed.</w:t>
       </w:r>
       <w:r w:rsidR="00DE5D83" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  Also provide a brief description of the course.</w:t>
       </w:r>
       <w:r w:rsidR="00557D7D" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
+    <w:p w14:paraId="6B593198" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="006E65BE" w:rsidP="00A931D3">
+    <w:p w14:paraId="57D08AD4" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="006E65BE" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Describe </w:t>
       </w:r>
       <w:r w:rsidR="00DE5D83" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>materials and supplies, tools and equipment, or special supplemental educational experience which will be funded with this new fee.  Differentiate between the perishable or consumable supplies and non-perishable or re-usable supplies.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
+    <w:p w14:paraId="766AD588" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00566611" w:rsidP="00A931D3">
+    <w:p w14:paraId="7B8EBF88" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00566611" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Is the fee an existing course materials fee?  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
+    <w:p w14:paraId="2E56D1CC" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00566611" w:rsidP="00A931D3">
+    <w:p w14:paraId="53BB4FA8" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00566611" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If so, how much is the current fee?  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00566611" w:rsidP="00A931D3">
+    <w:p w14:paraId="53EBC3FC" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00566611" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>When was the fee established or last increased?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
+    <w:p w14:paraId="16CA803A" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00C50495" w:rsidP="00A931D3">
+    <w:p w14:paraId="71A5F733" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00C50495" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>State the proposed amount of the course materials fee.  The amount should be stated in terms such as “per course” or “per credit hour” or “per term.”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2" w:rsidP="008C00C2">
+    <w:p w14:paraId="07096055" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2" w:rsidP="008C00C2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E45B26" w:rsidRDefault="00E45B26" w:rsidP="00A931D3">
+    <w:p w14:paraId="0DC159A6" w14:textId="77777777" w:rsidR="00E45B26" w:rsidRDefault="00E45B26" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe any planned increases to the fee stated above. Do you plan to </w:t>
       </w:r>
       <w:r w:rsidR="008C00C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">regularly </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1482,177 +1343,177 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> an inflationary factor such as CPI? [</w:t>
       </w:r>
       <w:r w:rsidR="008C00C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">f increasing by CPI, APB recommends using annual CPI increase based on </w:t>
       </w:r>
       <w:r w:rsidR="008C00C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>All Urban Consumers for Los Angeles-Long Beach-Anaheim, CA – please indicate if you would prefer a different metric.]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
+    <w:p w14:paraId="4D98F4B2" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00C50495" w:rsidP="00A931D3">
+    <w:p w14:paraId="7FF01DC3" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00C50495" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">What is the </w:t>
       </w:r>
       <w:r w:rsidR="00557D7D" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">first </w:t>
       </w:r>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>academic quarter and fiscal year that this fee would be assessed to students?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
+    <w:p w14:paraId="39B2BE85" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C1038" w:rsidRPr="00A931D3" w:rsidRDefault="005C1038" w:rsidP="00A931D3">
+    <w:p w14:paraId="1943D7C0" w14:textId="77777777" w:rsidR="005C1038" w:rsidRPr="00A931D3" w:rsidRDefault="005C1038" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain the need for the University to charge students for the course materials.  What cost pressures, if any, are driving the need to establish this fee? </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C50495" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495" w:rsidP="005C1038">
+    <w:p w14:paraId="5AB895A6" w14:textId="77777777" w:rsidR="00C50495" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495" w:rsidP="005C1038">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
+    <w:p w14:paraId="7651E448" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Student Impact</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="3EAF9C56" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="006E65BE" w:rsidP="00E91370">
+    <w:p w14:paraId="720D6495" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="006E65BE" w:rsidP="00E91370">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Demonstrate that there is a reasonable relation between the fee and the benefit to the student.  What does the student get for the fee?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
+    <w:p w14:paraId="06D8A410" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00BE3FD0" w:rsidP="00E91370">
+    <w:p w14:paraId="401ABE13" w14:textId="77777777" w:rsidR="00A931D3" w:rsidRDefault="00BE3FD0" w:rsidP="00E91370">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>In order to ensure that high quality student input is integrated into the fee proposal, please p</w:t>
       </w:r>
       <w:r w:rsidR="006E65BE" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>rovide detailed information on the methods of gathering input from students</w:t>
       </w:r>
       <w:r w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1692,195 +1553,138 @@
       <w:r w:rsidR="00F305C5" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> to take the course if the proposed fee is approved</w:t>
       </w:r>
       <w:r w:rsidR="006E65BE" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F305C5" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="006E65BE" w:rsidRPr="00A931D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Describe the student involvement in the process and the nature of the student input.  Document the students’ responses.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A931D3" w:rsidRDefault="00A931D3" w:rsidP="00A931D3">
-[...62 lines deleted...]
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
+    <w:p w14:paraId="5CFAA496" w14:textId="77777777" w:rsidR="00E16FD8" w:rsidRPr="00E45B26" w:rsidRDefault="00E16FD8" w:rsidP="00E45B26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1688E57D" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Budget Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C50495" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
+    <w:p w14:paraId="1CD89B78" w14:textId="77777777" w:rsidR="00C50495" w:rsidRPr="00D17FED" w:rsidRDefault="00C50495">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="3CD100C4" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Is it appropriate to refund any portion of the fee if a student withdraws from a course after the fee assessment deadline and returns the unused portion of the materials or supplies in reusable condition?  If so, how would the amount of the refund be determined?  If not, why not?  Relate the refund determination to the nature of the materials and supplies described in Item #1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="3917458E" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="4CD43712" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>If the course materials fee is currently being administered through an existing account/fund, provide the FAU where the income is being recorded and the FAU where the expenses are being reported.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="04518941" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="470B42AD" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
       <w:r w:rsidR="00AC61CD" w:rsidRPr="00D17FED">
         <w:rPr>
@@ -1904,2111 +1708,1992 @@
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
       <w:r w:rsidR="00AC61CD" w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>:  Attach supplemental sheets if necessary.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="1609CC4E" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Show the estimated </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>annual revenue</w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> resulting from the fee proposed in Item 3 ($/course times annual enrollment or $/credit hour times credit hour per course times annual enrollment).  Show any other subsidies provided from funds available to the Dean or Chair.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="10EF7D91" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Show all </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>expenses</w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> for supplies, consumable materials and support services associated with each course.  Identify the specific expenses suitable to be off-set by the proposed fee.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="4EB0E41D" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="732C0E77" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If the course requires specific </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>support personnel</w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="7C33D494" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>List the positions, the annual salary, the percentage of the FTE in support of the course, and the pro-rated salary in support of the course.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
-[...6 lines deleted...]
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="6B6F1A97" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="205BF131" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If the course materials fee underwrites the cost of </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>equipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="0240B2A8" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>List the items, their estimated cost and the projected date of purchase.  Include a depreciation and replacement schedule.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="07127FF2" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="6BC32122" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If a material or supply </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>inventory</w:t>
       </w:r>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> is to be maintained:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="37DB0B5B" w14:textId="77777777" w:rsidR="00B865A5" w:rsidRPr="00C82314" w:rsidRDefault="006E65BE" w:rsidP="00C82314">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>List the items with a description and their estimated fiscal year-end value.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="694F6FE8" w14:textId="77777777" w:rsidR="00B865A5" w:rsidRPr="00D17FED" w:rsidRDefault="00B865A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B865A5" w:rsidRPr="00D17FED" w:rsidRDefault="00B865A5">
+    <w:p w14:paraId="27850CEC" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B865A5" w:rsidRPr="00D17FED" w:rsidRDefault="00B865A5">
-[...143 lines deleted...]
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE" w:rsidP="00B865A5">
+    <w:p w14:paraId="364D73F4" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00AA7668" w:rsidRDefault="006E65BE" w:rsidP="00B865A5">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D17FED">
+      <w:r w:rsidRPr="00AA7668">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PART </w:t>
       </w:r>
-      <w:r w:rsidR="00B865A5" w:rsidRPr="00D17FED">
+      <w:r w:rsidR="00B865A5" w:rsidRPr="00AA7668">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D17FED">
+      <w:r w:rsidRPr="00AA7668">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:  BUDGET SUMMARY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="008C00C2">
+    <w:p w14:paraId="546636A6" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="008C00C2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_924088191"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_924088191"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Please provide</w:t>
       </w:r>
       <w:r w:rsidR="00C53786" w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in Excel file</w:t>
       </w:r>
       <w:r w:rsidR="0091784B" w:rsidRPr="00D17FED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.  Complete and submit Excel file, and also copy/paste here.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
-[...7 lines deleted...]
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="704B646E" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-30" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5158"/>
         <w:gridCol w:w="1032"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="63EAFD51" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="1758BFE8" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Materials Fee Budget Summary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="C0C0C0" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="42C6E925" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="08927BEE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="4904F434" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="5E193852" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="7083AEA1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="76A920A4" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fiscal Year:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="515622D9" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="7CD83BC9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="06CF417D" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="58101A92" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="433E1C37" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="0E7A8BAD" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Revenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="0E4D36DB" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="520D7053" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="40CD4DB6" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Estimated Annual Student Enrollment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="1F2B0FE4" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="58A87611" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="689AF977" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fee per student per quarter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="1C6137DA" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="724418CE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="51C65C24" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total Annual Fee Revenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="41C9B57B" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="7B39C452" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="397890F8" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="615E56EE" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="78A08485" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="722D7226" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Carryforward Balance from Previous Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="54811F74" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="7573FD81" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="4108EB49" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="0E372ADC" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="6B14CA21" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="7DD137EB" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total Revenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="5E5B2E87" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="5B609FFC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="179B5312" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="3CCE8F6A" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="364CF6C6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="24E67585" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Expenditures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="3837232B" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="1C5B9847" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="41A3CEB7" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>State all expenditures associated with</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="443E1294" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="5A010DAC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="00ED8D79" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">       course materials fee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="34591ED8" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="6A070C8F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="75767694" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="5CB01449" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="4234DE88" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="2B79B433" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="7702D1BB" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="7E082B85" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="0149DAF5" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="09618A6D" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="45A9BA57" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="1A7A944D" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total Expenditures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="6B981D52" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="4E288BA2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="1B5E76A5" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="11FA6605" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C00C2">
+      <w:tr w:rsidR="008C00C2" w14:paraId="5DEE960C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="04819A13" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ending Balance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="solid" w:color="FFFFFF" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
+          <w:p w14:paraId="7B0084AB" w14:textId="77777777" w:rsidR="008C00C2" w:rsidRDefault="008C00C2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="double"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="double"/>
               </w:rPr>
               <w:t xml:space="preserve">               -   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
+    <w:p w14:paraId="24FF2300" w14:textId="77777777" w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidRDefault="006E65BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E65BE" w:rsidRPr="00D17FED" w:rsidSect="003C57ED">
+      <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
+    <w:p w14:paraId="5AA64F08" w14:textId="77777777" w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
+    <w:p w14:paraId="6CA7C066" w14:textId="77777777" w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00F17096" w:rsidRDefault="00C877F3" w:rsidP="00C877F3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="49550F17" w14:textId="77777777" w:rsidR="001B2090" w:rsidRDefault="001B2090">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D7F832F" w14:textId="77777777" w:rsidR="00F17096" w:rsidRDefault="00C877F3" w:rsidP="00C877F3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="left" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>UCLA Offic</w:t>
     </w:r>
     <w:r w:rsidR="001D33F2" w:rsidRPr="001D33F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>e of Academic Planning and Budget</w:t>
     </w:r>
     <w:r w:rsidR="001D33F2" w:rsidRPr="001D33F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
@@ -4039,235 +3724,401 @@
       <w:sdtContent>
         <w:r w:rsidR="00F17096">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00F17096">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00F17096">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00576ECA">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00F17096">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
+  <w:p w14:paraId="4FD8A1E7" w14:textId="77777777" w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="734FC738" w14:textId="77777777" w:rsidR="001B2090" w:rsidRDefault="001B2090">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
+    <w:p w14:paraId="5C8801AA" w14:textId="77777777" w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
+    <w:p w14:paraId="7A06CB4C" w14:textId="77777777" w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0DB4D13B" w14:textId="77777777" w:rsidR="001B2090" w:rsidRDefault="001B2090">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="53FAC05E" w14:textId="77777777" w:rsidR="004A6DEB" w:rsidRPr="004B2D76" w:rsidRDefault="004A6DEB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-        <w:sz w:val="18"/>
+    <w:r w:rsidRPr="004B2D76">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t>UCLA Course Materials Fee Application</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A6DEB" w:rsidRDefault="004A6DEB">
+  <w:p w14:paraId="55B2C378" w14:textId="77777777" w:rsidR="004A6DEB" w:rsidRPr="004B2D76" w:rsidRDefault="004A6DEB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-      <w:t>page</w:t>
+    <w:r w:rsidRPr="004B2D76">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">page </w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00576ECA">
+    <w:r w:rsidR="00576ECA" w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
         <w:noProof/>
-        <w:sz w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00576ECA">
+    <w:r w:rsidR="00576ECA" w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
         <w:noProof/>
-        <w:sz w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004B2D76">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45590FE8" w14:textId="77777777" w:rsidR="001B2090" w:rsidRDefault="001B2090">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09AA7607"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D2A4716"/>
+    <w:lvl w:ilvl="0" w:tplc="65863910">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="14"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B511EC6"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B540FDD"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="04090001"/>
+    <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D365C50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88C44AB0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4312,71 +4163,298 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E1677F6"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="65863910"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="648"/>
         </w:tabs>
         <w:ind w:left="648" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38F01A85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D5225C8"/>
+    <w:lvl w:ilvl="0" w:tplc="49FCB6AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55D45D01"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="779057BE"/>
+    <w:lvl w:ilvl="0" w:tplc="388EEC10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="―"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:sz w:val="14"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CF53C1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D4CDFDE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4421,51 +4499,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DD65248"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C1F6A096"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2004"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2005"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4561,222 +4639,242 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="1" w16cid:durableId="1167745128">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1231237660">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2009552098">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="341974424">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1978991418">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1152864911">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1142697726">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="248120190">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="9" w16cid:durableId="1920551657">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF6"/>
+    <w:rsid w:val="0002299C"/>
     <w:rsid w:val="00104CF6"/>
     <w:rsid w:val="00121222"/>
     <w:rsid w:val="00135D88"/>
     <w:rsid w:val="00193C39"/>
+    <w:rsid w:val="001B2090"/>
     <w:rsid w:val="001D33F2"/>
     <w:rsid w:val="0021114B"/>
     <w:rsid w:val="00240AB6"/>
     <w:rsid w:val="002C3449"/>
     <w:rsid w:val="00364F8D"/>
     <w:rsid w:val="003719DD"/>
     <w:rsid w:val="003C57ED"/>
     <w:rsid w:val="00434E28"/>
     <w:rsid w:val="00444D19"/>
+    <w:rsid w:val="004529A9"/>
     <w:rsid w:val="004A6DEB"/>
+    <w:rsid w:val="004B2D76"/>
     <w:rsid w:val="00557D7D"/>
     <w:rsid w:val="00564DE3"/>
     <w:rsid w:val="00566611"/>
     <w:rsid w:val="00576ECA"/>
     <w:rsid w:val="00580DB2"/>
     <w:rsid w:val="005B49C9"/>
     <w:rsid w:val="005C1038"/>
     <w:rsid w:val="005F173A"/>
     <w:rsid w:val="00660383"/>
+    <w:rsid w:val="00677202"/>
     <w:rsid w:val="006E5FB5"/>
     <w:rsid w:val="006E62A1"/>
     <w:rsid w:val="006E65BE"/>
     <w:rsid w:val="00713778"/>
     <w:rsid w:val="00725A77"/>
     <w:rsid w:val="007D28F6"/>
     <w:rsid w:val="007E028D"/>
     <w:rsid w:val="008372CD"/>
     <w:rsid w:val="00860349"/>
     <w:rsid w:val="008A28DD"/>
     <w:rsid w:val="008C00C2"/>
     <w:rsid w:val="0091784B"/>
     <w:rsid w:val="009D027F"/>
     <w:rsid w:val="00A27B14"/>
     <w:rsid w:val="00A77A4F"/>
     <w:rsid w:val="00A875AC"/>
     <w:rsid w:val="00A931D3"/>
+    <w:rsid w:val="00AA7668"/>
     <w:rsid w:val="00AC61CD"/>
+    <w:rsid w:val="00AD238F"/>
     <w:rsid w:val="00B8053E"/>
     <w:rsid w:val="00B865A5"/>
     <w:rsid w:val="00B877C7"/>
     <w:rsid w:val="00BE3FD0"/>
     <w:rsid w:val="00C33C84"/>
     <w:rsid w:val="00C50495"/>
     <w:rsid w:val="00C53786"/>
+    <w:rsid w:val="00C82314"/>
     <w:rsid w:val="00C877F3"/>
     <w:rsid w:val="00CC7F6A"/>
     <w:rsid w:val="00CF2D9C"/>
     <w:rsid w:val="00D17FED"/>
     <w:rsid w:val="00D80AA0"/>
     <w:rsid w:val="00D85B0F"/>
     <w:rsid w:val="00DA09DA"/>
     <w:rsid w:val="00DE5D83"/>
     <w:rsid w:val="00E16FD8"/>
     <w:rsid w:val="00E45B26"/>
     <w:rsid w:val="00E91370"/>
+    <w:rsid w:val="00E96BBB"/>
     <w:rsid w:val="00F17096"/>
     <w:rsid w:val="00F1777E"/>
     <w:rsid w:val="00F305C5"/>
     <w:rsid w:val="00F7553F"/>
+    <w:rsid w:val="00F83C68"/>
     <w:rsid w:val="00F97629"/>
     <w:rsid w:val="00FB325F"/>
     <w:rsid w:val="00FE517B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0AE48B1F"/>
+  <w14:docId w14:val="7C7901D2"/>
   <w15:docId w15:val="{CCA88DB6-5B55-4F88-BF2B-3515F14FE918}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5097,50 +5195,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="720"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
@@ -5316,57 +5419,57 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F17096"/>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E45B26"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apb.ucla.edu/Portals/90/Documents/Fee%20Policies/Survey%20Example_Course%20Material%20Fees.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5610,70 +5713,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5353</Characters>
+  <Pages>3</Pages>
+  <Words>862</Words>
+  <Characters>4858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>University of California, Los Angeles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UCLA School of Law</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6228</CharactersWithSpaces>
+  <CharactersWithSpaces>5709</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>University of California, Los Angeles</dc:title>
   <dc:creator>Information Systems</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>